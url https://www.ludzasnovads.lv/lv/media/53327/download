--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="748C2A74" w14:textId="77777777" w:rsidR="004507E9" w:rsidRPr="002C75A5" w:rsidRDefault="004507E9" w:rsidP="004507E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C75A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -782,70 +783,90 @@
           <w:tcPr>
             <w:tcW w:w="9395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC68027" w14:textId="77777777" w:rsidR="004507E9" w:rsidRDefault="004507E9" w:rsidP="00562975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5016C2F3" w14:textId="77777777" w:rsidR="004507E9" w:rsidRPr="007049DB" w:rsidRDefault="004507E9" w:rsidP="004507E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1441C2B1" w14:textId="77777777" w:rsidR="004507E9" w:rsidRPr="009F5A22" w:rsidRDefault="004507E9" w:rsidP="004507E9">
+    <w:p w14:paraId="1441C2B1" w14:textId="4705E66C" w:rsidR="004507E9" w:rsidRPr="009F5A22" w:rsidRDefault="004507E9" w:rsidP="004507E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F5A22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Apliecinu, ka neesmu Domes deputāts, politiskās partijas pārstāvis, pašvaldības  iestādes vai struktūrvienības vadītājs.</w:t>
+        <w:t>Apliecinu, ka neesmu Domes deputāts</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības iestādes vai struktūrvienības vadītājs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D6AEAF" w14:textId="77777777" w:rsidR="004507E9" w:rsidRPr="006909DE" w:rsidRDefault="004507E9" w:rsidP="004507E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -1136,82 +1157,85 @@
         <w:t>Iesniedzot pieteikuma anketu, pretendents apliecina, ka piekrīt viņa personas datu apstrādei Ludzas novada pašvaldībā Padomes izveides un darbības nodrošināšanai atbilstoši spēkā esošajiem normatīvajiem aktiem par personas datu aizsardzību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C347532" w14:textId="77777777" w:rsidR="00263AED" w:rsidRDefault="00263AED"/>
     <w:sectPr w:rsidR="00263AED" w:rsidSect="004507E9">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004507E9"/>
     <w:rsid w:val="00263AED"/>
+    <w:rsid w:val="003A6E4A"/>
+    <w:rsid w:val="003D123E"/>
     <w:rsid w:val="004507E9"/>
     <w:rsid w:val="007715D2"/>
     <w:rsid w:val="009D1681"/>
     <w:rsid w:val="00B14E88"/>
     <w:rsid w:val="00C96A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2454,54 +2478,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>664</Words>
-  <Characters>379</Characters>
+  <Words>643</Words>
+  <Characters>368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1041</CharactersWithSpaces>
+  <CharactersWithSpaces>1009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Janis</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>